--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>LISTE DES ASSOCIATIONS HAGUENOVIENNES (par liste alphabétique)</t>
   </si>
   <si>
     <t>1 2 3 Sommeil-Florilege (Maison Sport Sante Nord Alsace)</t>
   </si>
   <si>
     <t>Voir la page</t>
   </si>
   <si>
     <t>671 Haguenau - Union des parachutistes</t>
   </si>
   <si>
     <t xml:space="preserve">AAPPMA </t>
   </si>
   <si>
     <t xml:space="preserve">Académie d'Accordéon de Haguenau </t>
   </si>
   <si>
     <t>ACAT (Action des Chrétiens pour l'Abolition de la Torture)</t>
   </si>
   <si>
     <t>ADAPEI Papillons Blancs d'Alsace</t>
   </si>
   <si>
@@ -68,50 +68,53 @@
   <si>
     <t>Aikido Club Haguenau</t>
   </si>
   <si>
     <t>AJPA</t>
   </si>
   <si>
     <t>Alcooliques Anonymes</t>
   </si>
   <si>
     <t>Alsace Nord Moto Club (ANMC)</t>
   </si>
   <si>
     <t>Alsace Voltige</t>
   </si>
   <si>
     <t>Alsagasy</t>
   </si>
   <si>
     <t>Amicale des Cartophiles</t>
   </si>
   <si>
     <t>Amicale des retraités</t>
   </si>
   <si>
+    <t>Amicale des Sapeurs Pompiers de Haguenau</t>
+  </si>
+  <si>
     <t>Amicale du chien de Haguenau</t>
   </si>
   <si>
     <t>Amicale Espagnole de Haguenau</t>
   </si>
   <si>
     <t>Amicale Hubert Wirth</t>
   </si>
   <si>
     <t>Amis des oiseaux de Haguenau</t>
   </si>
   <si>
     <t>Amis du rail 67</t>
   </si>
   <si>
     <t>Amnesty International</t>
   </si>
   <si>
     <t>ARDAH</t>
   </si>
   <si>
     <t>Art Passion</t>
   </si>
   <si>
     <t>Arts Japonais Haguenau</t>
@@ -126,50 +129,53 @@
     <t>ASCC Marienthal Section Danse de Salon</t>
   </si>
   <si>
     <t>ASCC Marienthal Section Gym Fitness Pilates</t>
   </si>
   <si>
     <t>ASCC Marienthal Section Marche Nordique</t>
   </si>
   <si>
     <t>ASCC Marienthal Section Tennis de Table</t>
   </si>
   <si>
     <t>ASCC Marienthal Section Tir Sportif</t>
   </si>
   <si>
     <t>Association 2APA</t>
   </si>
   <si>
     <t>Association 986 Fatu Lau Matua</t>
   </si>
   <si>
     <t>Association Alsace Nord Athlétisme (ANA)</t>
   </si>
   <si>
     <t>Association Bou‘sol</t>
+  </si>
+  <si>
+    <t>Association Chrysalide</t>
   </si>
   <si>
     <t>Association des œuvres scolaires de Haguenau</t>
   </si>
   <si>
     <t>Association du Centre Équestre de Haguenau</t>
   </si>
   <si>
     <t>Association du FabLab Alsace-Nord</t>
   </si>
   <si>
     <t>Association fruitière de Haguenau et environs</t>
   </si>
   <si>
     <t>Association graine</t>
   </si>
   <si>
     <t>Association Portugaise de Haguenau</t>
   </si>
   <si>
     <t>Association Sportive des Riders de Haguenau</t>
   </si>
   <si>
     <t>Association Sportive du Centre de Harthouse</t>
   </si>
@@ -862,62 +868,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/1-2-3-sommeil-florilege-maison-sport-sante-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/671-haguenau-union-des-parachutistes" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/aappma-" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/academie-daccordeon-de-haguenau-" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/acat-action-des-chretiens-pour-labolition-de-la-torture" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/adapei-papillons-blancs-dalsace" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/adn-action-defense-nature" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/aeroclub-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/aikido-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ajpa" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alcooliques-anonymes" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alsace-nord-moto-club-anmc" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alsace-voltige" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alsagasy" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-des-cartophiles" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-des-retraites" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-du-chien-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-espagnole-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-hubert-wirth" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amis-des-oiseaux-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amis-du-rail-67" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amnesty-international" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ardah" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/art-passion" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/arts-japonais-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-art-martial" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-basketball" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-danse-de-salon" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-gym-fitness-pilates" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-marche-nordique" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-tennis-de-table" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-tir-sportif" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-2apa" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-986-fatu-lau-matua" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-alsace-nord-athletisme-ana" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-bousol" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-des-oeuvres-scolaires-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-du-centre-equestre-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-du-fablab-alsace-nord" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-fruitiere-de-haguenau-et-environs" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-graine" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-portugaise-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-sportive-des-riders-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-sportive-du-centre-de-harthouse" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-sportive-haguenau-ash" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/athletisme-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/atomic-fit-dance" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/barbarossa-aquarium-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/basket-club-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/batterie-fanfare-municipale-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/batucada-loco-du-theatre-de-la-chimere" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/billard-club-1956-0" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/blue-concept-experience" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/boutique-du-monde-pour-un-commerce-equitable" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/campeurs-dalsace-de-franche-comte-et-de-lorraine" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/capoeira-e-arte" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/centre-culturel-des-alevis-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/centre-de-vacances-le-bercail" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/centre-vol-a-voile-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/cercle-philatelique-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chayonas-country-club" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-1857" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-protestante" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-saint-georges" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-ste-cecile-paroisse-stnicolas-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/cidff-centre-dinformation-sur-les-droits-des-femmes-et-des-familles-du-bas-rhin" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-bouliste-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-canin-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-de-bridge-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-des-jeunes-retraites-agf-67" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-descrime-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-estienne" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-placomusophile-dalsace-et-doutre-rhin" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-rotary-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-vosgien-haguenau-lembach" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/coeur-des-sables" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/collectif-sans-dessus-ni-dessous" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/comite-des-territoires-dalsace-et-de-la-randonnee-pedestre" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/csc-du-langensand" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/csc-robert-schuman" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/cyclo-loisir-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/debby-positive-vous" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/diezelles-" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/donneurs-de-sang-benevoles-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/emmaus-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ensemble-darts-populaires-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ensemble-de-traditions-populaires-barberousse-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ensemble-folklorique-dsandhaase" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/entente-nord-alsace-badminton" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/entraidaddict-67" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/est-humanitair" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/est-side-story-ochoa" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/fs-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/foyer-saint-nicolas" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/fr-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/gem-lazimut" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/gem-ludica" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-entraide" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-holdem-poker-club" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-tennis-club" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-terre-de-reussites" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/hawenauer-country-club" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/instant-dun-reve" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/jazz-band-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/judo-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/k-danse" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/karate-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/kiwanis-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/la-guilde-des-corbeaux" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-amis-de-la-gendarmerie-comite-67" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-archers-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-chats-libres-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-messagers" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-ptits-randonneurs-dalsace-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-quilleurs-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-restaurants-du-coeur" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/lions-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/loutil-en-main-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/maison-sport-sante-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/maitrise-ste-philomene" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/mandolinata-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/melody-gospel" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/micro-du-monde-planete-radio-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/mission-locale-alsace-du-nord" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/model-air-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/moovon-hip-hop-dance-school" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/mbolo-lart-de-peindre-en-liberte" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/nature-escapade" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/office-de-tourisme-du-pays-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/orchestre-dharmonie-de-la-ville-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/orchestre-symphonique-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/pigeon-club" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/real-schloessel" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/reseau-jack" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/reseau-mampreneures" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ritmo-latino" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/rugby-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/sandhaase-buewe" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/scouts-et-guides-de-france-groupe-sandhaas-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/secouristes-francais-croix-blanche-association-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/sgs-union" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-daviculture-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-dhalterophilie-et-culturiste-haguenau-shc" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-dhistoire-et-darcheologie-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-de-natation-de-haguenau-snh" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-hippique-rurale" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/spa-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/sporting-club-schaeffler-et-amicale-des-retraites" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/subaquatique-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/syndicat-des-apiculteurs" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/tarot-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/tennis-de-table-haguenau-wissembourg" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/theatre-alsacien-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/theatre-alsacien-st-nicolas-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/theatre-de-la-chimere" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/-0" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/tolerance-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/twirling-baton-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/unicef-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/union-cycliste-de-haguenau-uch" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/union-sportive-kaltenhouse-marienthal-football-uskm" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/unite-locale-de-la-croix-rouge-francaise-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/universite-populaire-europeenne-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/volley-ball-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/wolfpack-haguenau" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/1-2-3-sommeil-florilege-maison-sport-sante-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/671-haguenau-union-des-parachutistes" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/aappma-" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/academie-daccordeon-de-haguenau-" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/acat-action-des-chretiens-pour-labolition-de-la-torture" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/adapei-papillons-blancs-dalsace" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/adn-action-defense-nature" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/aeroclub-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/aikido-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ajpa" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alcooliques-anonymes" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alsace-nord-moto-club-anmc" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alsace-voltige" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alsagasy" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-des-cartophiles" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-des-retraites" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-des-sapeurs-pompiers-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-du-chien-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-espagnole-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-hubert-wirth" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amis-des-oiseaux-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amis-du-rail-67" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amnesty-international" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ardah" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/art-passion" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/arts-japonais-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-art-martial" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-basketball" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-danse-de-salon" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-gym-fitness-pilates" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-marche-nordique" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-tennis-de-table" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-tir-sportif" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-2apa" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-986-fatu-lau-matua" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-alsace-nord-athletisme-ana" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-bousol" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-chrysalide" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-des-oeuvres-scolaires-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-du-centre-equestre-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-du-fablab-alsace-nord" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-fruitiere-de-haguenau-et-environs" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-graine" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-portugaise-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-sportive-des-riders-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-sportive-du-centre-de-harthouse" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-sportive-haguenau-ash" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/athletisme-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/atomic-fit-dance" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/barbarossa-aquarium-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/basket-club-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/batterie-fanfare-municipale-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/batucada-loco-du-theatre-de-la-chimere" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/billard-club-1956-0" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/blue-concept-experience" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/boutique-du-monde-pour-un-commerce-equitable" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/campeurs-dalsace-de-franche-comte-et-de-lorraine" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/capoeira-e-arte" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/centre-culturel-des-alevis-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/centre-de-vacances-le-bercail" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/centre-vol-a-voile-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/cercle-philatelique-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chayonas-country-club" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-1857" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-protestante" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-saint-georges" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-ste-cecile-paroisse-stnicolas-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/cidff-centre-dinformation-sur-les-droits-des-femmes-et-des-familles-du-bas-rhin" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-bouliste-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-canin-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-de-bridge-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-des-jeunes-retraites-agf-67" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-descrime-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-estienne" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-placomusophile-dalsace-et-doutre-rhin" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-rotary-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-vosgien-haguenau-lembach" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/coeur-des-sables" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/collectif-sans-dessus-ni-dessous" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/comite-des-territoires-dalsace-et-de-la-randonnee-pedestre" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/csc-du-langensand" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/csc-robert-schuman" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/cyclo-loisir-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/debby-positive-vous" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/diezelles-" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/donneurs-de-sang-benevoles-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/emmaus-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ensemble-darts-populaires-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ensemble-de-traditions-populaires-barberousse-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ensemble-folklorique-dsandhaase" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/entente-nord-alsace-badminton" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/entraidaddict-67" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/est-humanitair" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/est-side-story-ochoa" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/fs-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/foyer-saint-nicolas" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/fr-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/gem-lazimut" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/gem-ludica" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-entraide" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-holdem-poker-club" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-tennis-club" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-terre-de-reussites" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/hawenauer-country-club" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/instant-dun-reve" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/jazz-band-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/judo-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/k-danse" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/karate-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/kiwanis-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/la-guilde-des-corbeaux" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-amis-de-la-gendarmerie-comite-67" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-archers-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-chats-libres-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-messagers" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-ptits-randonneurs-dalsace-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-quilleurs-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-restaurants-du-coeur" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/lions-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/loutil-en-main-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/maison-sport-sante-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/maitrise-ste-philomene" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/mandolinata-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/melody-gospel" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/micro-du-monde-planete-radio-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/mission-locale-alsace-du-nord" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/model-air-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/moovon-hip-hop-dance-school" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/mbolo-lart-de-peindre-en-liberte" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/nature-escapade" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/office-de-tourisme-du-pays-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/orchestre-dharmonie-de-la-ville-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/orchestre-symphonique-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/pigeon-club" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/real-schloessel" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/reseau-jack" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/reseau-mampreneures" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ritmo-latino" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/rugby-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/sandhaase-buewe" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/scouts-et-guides-de-france-groupe-sandhaas-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/secouristes-francais-croix-blanche-association-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/sgs-union" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-daviculture-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-dhalterophilie-et-culturiste-haguenau-shc" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-dhistoire-et-darcheologie-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-de-natation-de-haguenau-snh" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-hippique-rurale" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/spa-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/sporting-club-schaeffler-et-amicale-des-retraites" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/subaquatique-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/syndicat-des-apiculteurs" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/tarot-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/tennis-de-table-haguenau-wissembourg" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/theatre-alsacien-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/theatre-alsacien-st-nicolas-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/theatre-de-la-chimere" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/-0" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/tolerance-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/twirling-baton-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/unicef-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/union-cycliste-de-haguenau-uch" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/union-sportive-kaltenhouse-marienthal-football-uskm" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/unite-locale-de-la-croix-rouge-francaise-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/universite-populaire-europeenne-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/volley-ball-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/wolfpack-haguenau" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B167"/>
+  <dimension ref="A1:B169"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B167" sqref="B167"/>
+      <selection activeCell="B169" sqref="B169"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>3</v>
       </c>
@@ -2204,50 +2210,66 @@
       <c r="B164" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="165" spans="1:2">
       <c r="A165" t="s">
         <v>164</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="166" spans="1:2">
       <c r="A166" t="s">
         <v>165</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="167" spans="1:2">
       <c r="A167" t="s">
         <v>166</v>
       </c>
       <c r="B167" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="168" spans="1:2">
+      <c r="A168" t="s">
+        <v>167</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="169" spans="1:2">
+      <c r="A169" t="s">
+        <v>168</v>
+      </c>
+      <c r="B169" s="1" t="s">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_17"/>
@@ -2377,50 +2399,52 @@
     <hyperlink ref="B143" r:id="rId_hyperlink_141"/>
     <hyperlink ref="B144" r:id="rId_hyperlink_142"/>
     <hyperlink ref="B145" r:id="rId_hyperlink_143"/>
     <hyperlink ref="B146" r:id="rId_hyperlink_144"/>
     <hyperlink ref="B147" r:id="rId_hyperlink_145"/>
     <hyperlink ref="B148" r:id="rId_hyperlink_146"/>
     <hyperlink ref="B149" r:id="rId_hyperlink_147"/>
     <hyperlink ref="B150" r:id="rId_hyperlink_148"/>
     <hyperlink ref="B151" r:id="rId_hyperlink_149"/>
     <hyperlink ref="B152" r:id="rId_hyperlink_150"/>
     <hyperlink ref="B153" r:id="rId_hyperlink_151"/>
     <hyperlink ref="B154" r:id="rId_hyperlink_152"/>
     <hyperlink ref="B155" r:id="rId_hyperlink_153"/>
     <hyperlink ref="B156" r:id="rId_hyperlink_154"/>
     <hyperlink ref="B157" r:id="rId_hyperlink_155"/>
     <hyperlink ref="B158" r:id="rId_hyperlink_156"/>
     <hyperlink ref="B159" r:id="rId_hyperlink_157"/>
     <hyperlink ref="B160" r:id="rId_hyperlink_158"/>
     <hyperlink ref="B161" r:id="rId_hyperlink_159"/>
     <hyperlink ref="B162" r:id="rId_hyperlink_160"/>
     <hyperlink ref="B163" r:id="rId_hyperlink_161"/>
     <hyperlink ref="B164" r:id="rId_hyperlink_162"/>
     <hyperlink ref="B165" r:id="rId_hyperlink_163"/>
     <hyperlink ref="B166" r:id="rId_hyperlink_164"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_165"/>
+    <hyperlink ref="B168" r:id="rId_hyperlink_166"/>
+    <hyperlink ref="B169" r:id="rId_hyperlink_167"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>