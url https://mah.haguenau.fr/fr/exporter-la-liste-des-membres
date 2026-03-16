--- v1 (2025-12-02)
+++ v2 (2026-03-16)
@@ -12,200 +12,212 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
   <si>
     <t>LISTE DES ASSOCIATIONS HAGUENOVIENNES (par liste alphabétique)</t>
   </si>
   <si>
     <t>1 2 3 Sommeil-Florilege (Maison Sport Sante Nord Alsace)</t>
   </si>
   <si>
     <t>Voir la page</t>
   </si>
   <si>
+    <t>323e section de la Médaille Militaire</t>
+  </si>
+  <si>
     <t>671 Haguenau - Union des parachutistes</t>
   </si>
   <si>
     <t xml:space="preserve">AAPPMA </t>
   </si>
   <si>
     <t xml:space="preserve">Académie d'Accordéon de Haguenau </t>
   </si>
   <si>
     <t>ACAT (Action des Chrétiens pour l'Abolition de la Torture)</t>
   </si>
   <si>
     <t>ADAPEI Papillons Blancs d'Alsace</t>
   </si>
   <si>
     <t>ADN (Action Defense Nature)</t>
   </si>
   <si>
     <t>Aéroclub de Haguenau</t>
   </si>
   <si>
     <t>Aikido Club Haguenau</t>
   </si>
   <si>
     <t>AJPA</t>
   </si>
   <si>
     <t>Alcooliques Anonymes</t>
   </si>
   <si>
     <t>Alsace Nord Moto Club (ANMC)</t>
   </si>
   <si>
     <t>Alsace Voltige</t>
   </si>
   <si>
     <t>Alsagasy</t>
   </si>
   <si>
-    <t>Amicale des Cartophiles</t>
+    <t>Amicale des Cartophiles et toutes collections de la Région de Haguenau</t>
   </si>
   <si>
     <t>Amicale des retraités</t>
   </si>
   <si>
     <t>Amicale des Sapeurs Pompiers de Haguenau</t>
   </si>
   <si>
     <t>Amicale du chien de Haguenau</t>
   </si>
   <si>
     <t>Amicale Espagnole de Haguenau</t>
   </si>
   <si>
     <t>Amicale Hubert Wirth</t>
   </si>
   <si>
     <t>Amis des oiseaux de Haguenau</t>
   </si>
   <si>
     <t>Amis du rail 67</t>
   </si>
   <si>
     <t>Amnesty International</t>
   </si>
   <si>
     <t>ARDAH</t>
   </si>
   <si>
     <t>Art Passion</t>
   </si>
   <si>
     <t>Arts Japonais Haguenau</t>
   </si>
   <si>
+    <t>ASC CONCORDIA MARIENTHAL</t>
+  </si>
+  <si>
     <t>ASCC Marienthal Section Art Martial</t>
   </si>
   <si>
     <t>ASCC Marienthal Section Basketball</t>
   </si>
   <si>
     <t>ASCC Marienthal Section Danse de Salon</t>
   </si>
   <si>
     <t>ASCC Marienthal Section Gym Fitness Pilates</t>
   </si>
   <si>
     <t>ASCC Marienthal Section Marche Nordique</t>
   </si>
   <si>
     <t>ASCC Marienthal Section Tennis de Table</t>
   </si>
   <si>
     <t>ASCC Marienthal Section Tir Sportif</t>
   </si>
   <si>
     <t>Association 2APA</t>
   </si>
   <si>
     <t>Association 986 Fatu Lau Matua</t>
   </si>
   <si>
     <t>Association Alsace Nord Athlétisme (ANA)</t>
   </si>
   <si>
+    <t>Association Apnées du Sommeil UPPC Alsace</t>
+  </si>
+  <si>
     <t>Association Bou‘sol</t>
   </si>
   <si>
     <t>Association Chrysalide</t>
   </si>
   <si>
     <t>Association des œuvres scolaires de Haguenau</t>
   </si>
   <si>
     <t>Association du Centre Équestre de Haguenau</t>
   </si>
   <si>
     <t>Association du FabLab Alsace-Nord</t>
   </si>
   <si>
     <t>Association fruitière de Haguenau et environs</t>
   </si>
   <si>
     <t>Association graine</t>
   </si>
   <si>
     <t>Association Portugaise de Haguenau</t>
   </si>
   <si>
+    <t>Association socio-culturelle du Foyer Saint Nicolas</t>
+  </si>
+  <si>
     <t>Association Sportive des Riders de Haguenau</t>
   </si>
   <si>
     <t>Association Sportive du Centre de Harthouse</t>
   </si>
   <si>
     <t>Association Sportive Haguenau (ASH)</t>
   </si>
   <si>
-    <t>Athlétisme Club Haguenau</t>
+    <t>Athlétisme Club Haguenau (ACH)</t>
   </si>
   <si>
     <t>Atomic Fit Dance</t>
   </si>
   <si>
     <t>Barbarossa Aquarium Club de Haguenau</t>
   </si>
   <si>
     <t>Basket Club Nord Alsace</t>
   </si>
   <si>
     <t>Batterie Fanfare Municipale de Haguenau</t>
   </si>
   <si>
     <t>Batucada loco du théâtre de la chimère</t>
   </si>
   <si>
     <t>Billard Club 1956</t>
   </si>
   <si>
     <t>Blue Concept Experience</t>
   </si>
   <si>
     <t>Boutique du monde pour un commerce équitable</t>
   </si>
@@ -305,134 +317,143 @@
   <si>
     <t>Ensemble d'Arts Populaires de Haguenau</t>
   </si>
   <si>
     <t>Ensemble de traditions populaires Barberousse de Haguenau</t>
   </si>
   <si>
     <t>Ensemble folklorique d'Sandhaase</t>
   </si>
   <si>
     <t>Entente Nord Alsace Badminton</t>
   </si>
   <si>
     <t>Entraid'addict 67</t>
   </si>
   <si>
     <t>Est Humanit'Air</t>
   </si>
   <si>
     <t>Est Side Story Ochoa</t>
   </si>
   <si>
     <t>F.S HAGUENAU</t>
   </si>
   <si>
-    <t>Foyer Saint Nicolas</t>
-[...2 lines deleted...]
-    <t>FR Haguenau</t>
+    <t>Football Club Sports Réunis Haguenau (FCSR)</t>
   </si>
   <si>
     <t>GEM L'Azimut</t>
   </si>
   <si>
     <t>GEM Ludica</t>
   </si>
   <si>
     <t>Haguenau Entr'Aide</t>
   </si>
   <si>
     <t>Haguenau Holdem Poker Club</t>
   </si>
   <si>
     <t>Haguenau Tennis Club</t>
   </si>
   <si>
+    <t>HAGUENAU TENNIS PADEL CLUB</t>
+  </si>
+  <si>
     <t>Haguenau, Terre de Réussites</t>
   </si>
   <si>
     <t>Hawenauer Country Club</t>
   </si>
   <si>
     <t>Instant d'un rêve</t>
   </si>
   <si>
     <t>Jazz Band Haguenau</t>
   </si>
   <si>
     <t>Judo Club Haguenau</t>
   </si>
   <si>
     <t>K-Danse</t>
   </si>
   <si>
     <t>Karaté Club Haguenau</t>
   </si>
   <si>
     <t>Kiwanis Club de Haguenau</t>
   </si>
   <si>
     <t>La Guilde des Corbeaux</t>
   </si>
   <si>
+    <t>La Passerelle</t>
+  </si>
+  <si>
+    <t>Le Souvenir Français de Haguenau</t>
+  </si>
+  <si>
     <t>Les Amis de la Gendarmerie - Comité 67</t>
   </si>
   <si>
-    <t>Les archers de Haguenau</t>
+    <t>Les Archers de Haguenau</t>
   </si>
   <si>
     <t>Les Chats Libres de Haguenau</t>
   </si>
   <si>
     <t>Les Messagers</t>
   </si>
   <si>
     <t>Les p'tits randonneurs d'Alsace Haguenau</t>
   </si>
   <si>
     <t>Les Quilleurs de Haguenau</t>
   </si>
   <si>
     <t>Les restaurants du cœur</t>
   </si>
   <si>
     <t>Lions Club de haguenau</t>
   </si>
   <si>
     <t>L’outil en main de Haguenau</t>
   </si>
   <si>
     <t>Maison Sport Santé Nord Alsace</t>
   </si>
   <si>
     <t>Maîtrise Ste Philomène</t>
   </si>
   <si>
     <t>Mandolinata Haguenau</t>
   </si>
   <si>
+    <t>MEHARI CLUB HAGUENAU</t>
+  </si>
+  <si>
     <t>Melody Gospel</t>
   </si>
   <si>
     <t>MICRO DU MONDE - PLANETE RADIO ALSACE</t>
   </si>
   <si>
     <t>Mission locale Alsace du Nord</t>
   </si>
   <si>
     <t>Model Air Club Haguenau</t>
   </si>
   <si>
     <t>Moov'on hip hop dance school</t>
   </si>
   <si>
     <t>M’bolo l'art de peindre en liberté</t>
   </si>
   <si>
     <t>Nature Escapade</t>
   </si>
   <si>
     <t>Office de Tourisme du Pays de Haguenau</t>
   </si>
   <si>
     <t>Orchestre d'Harmonie de la Ville de Haguenau</t>
@@ -473,90 +494,93 @@
   <si>
     <t>Société d'Aviculture de Haguenau</t>
   </si>
   <si>
     <t>Société d'Haltérophilie et Culturiste Haguenau (SHC)</t>
   </si>
   <si>
     <t>Société d'Histoire et d'Archéologie de Haguenau</t>
   </si>
   <si>
     <t>Société De Natation De Haguenau (SNH)</t>
   </si>
   <si>
     <t>Société Hippique Rurale</t>
   </si>
   <si>
     <t>SPA de Haguenau</t>
   </si>
   <si>
     <t>Sporting Club Schaeffler et Amicale des retraités</t>
   </si>
   <si>
     <t>Subaquatique Club de Haguenau</t>
   </si>
   <si>
-    <t>Syndicat des Apiculteurs</t>
+    <t>Syndicat des Apiculteurs de Haguenau et Environs</t>
   </si>
   <si>
     <t>Tarot Club de Haguenau</t>
   </si>
   <si>
     <t>Tennis de Table Haguenau - Wissembourg</t>
   </si>
   <si>
     <t>Théâtre Alsacien de Haguenau</t>
   </si>
   <si>
-    <t>Théâtre Alsacien St-Nicolas Haguenau</t>
+    <t>Théâtre Alsacien Saint Nicolas Haguenau</t>
   </si>
   <si>
     <t>Théâtre de la Chimère</t>
   </si>
   <si>
     <t>Tir St Wendelin Harthouse</t>
   </si>
   <si>
     <t>Tolérance Haguenau</t>
   </si>
   <si>
     <t>Twirling Bâton Club Haguenau</t>
   </si>
   <si>
     <t>UNICEF Alsace</t>
   </si>
   <si>
     <t>Union Cycliste de Haguenau (UCH)</t>
   </si>
   <si>
     <t>Union Sportive Kaltenhouse Marienthal Football (USKM)</t>
   </si>
   <si>
     <t>Unité Locale de la Croix Rouge Française de Haguenau</t>
   </si>
   <si>
     <t>Université Populaire Européenne Nord Alsace</t>
+  </si>
+  <si>
+    <t>VICTIMES INCESTE ALSACE</t>
   </si>
   <si>
     <t>Volley Ball Club Haguenau</t>
   </si>
   <si>
     <t>Wolfpack Haguenau</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -868,62 +892,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/1-2-3-sommeil-florilege-maison-sport-sante-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/671-haguenau-union-des-parachutistes" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/aappma-" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/academie-daccordeon-de-haguenau-" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/acat-action-des-chretiens-pour-labolition-de-la-torture" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/adapei-papillons-blancs-dalsace" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/adn-action-defense-nature" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/aeroclub-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/aikido-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ajpa" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alcooliques-anonymes" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alsace-nord-moto-club-anmc" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alsace-voltige" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alsagasy" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-des-cartophiles" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-des-retraites" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-des-sapeurs-pompiers-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-du-chien-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-espagnole-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-hubert-wirth" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amis-des-oiseaux-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amis-du-rail-67" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amnesty-international" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ardah" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/art-passion" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/arts-japonais-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-art-martial" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-basketball" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-danse-de-salon" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-gym-fitness-pilates" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-marche-nordique" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-tennis-de-table" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-tir-sportif" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-2apa" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-986-fatu-lau-matua" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-alsace-nord-athletisme-ana" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-bousol" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-chrysalide" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-des-oeuvres-scolaires-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-du-centre-equestre-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-du-fablab-alsace-nord" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-fruitiere-de-haguenau-et-environs" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-graine" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-portugaise-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-sportive-des-riders-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-sportive-du-centre-de-harthouse" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-sportive-haguenau-ash" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/athletisme-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/atomic-fit-dance" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/barbarossa-aquarium-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/basket-club-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/batterie-fanfare-municipale-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/batucada-loco-du-theatre-de-la-chimere" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/billard-club-1956-0" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/blue-concept-experience" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/boutique-du-monde-pour-un-commerce-equitable" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/campeurs-dalsace-de-franche-comte-et-de-lorraine" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/capoeira-e-arte" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/centre-culturel-des-alevis-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/centre-de-vacances-le-bercail" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/centre-vol-a-voile-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/cercle-philatelique-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chayonas-country-club" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-1857" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-protestante" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-saint-georges" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-ste-cecile-paroisse-stnicolas-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/cidff-centre-dinformation-sur-les-droits-des-femmes-et-des-familles-du-bas-rhin" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-bouliste-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-canin-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-de-bridge-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-des-jeunes-retraites-agf-67" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-descrime-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-estienne" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-placomusophile-dalsace-et-doutre-rhin" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-rotary-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-vosgien-haguenau-lembach" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/coeur-des-sables" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/collectif-sans-dessus-ni-dessous" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/comite-des-territoires-dalsace-et-de-la-randonnee-pedestre" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/csc-du-langensand" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/csc-robert-schuman" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/cyclo-loisir-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/debby-positive-vous" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/diezelles-" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/donneurs-de-sang-benevoles-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/emmaus-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ensemble-darts-populaires-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ensemble-de-traditions-populaires-barberousse-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ensemble-folklorique-dsandhaase" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/entente-nord-alsace-badminton" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/entraidaddict-67" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/est-humanitair" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/est-side-story-ochoa" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/fs-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/foyer-saint-nicolas" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/fr-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/gem-lazimut" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/gem-ludica" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-entraide" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-holdem-poker-club" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-tennis-club" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-terre-de-reussites" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/hawenauer-country-club" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/instant-dun-reve" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/jazz-band-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/judo-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/k-danse" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/karate-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/kiwanis-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/la-guilde-des-corbeaux" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-amis-de-la-gendarmerie-comite-67" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-archers-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-chats-libres-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-messagers" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-ptits-randonneurs-dalsace-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-quilleurs-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-restaurants-du-coeur" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/lions-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/loutil-en-main-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/maison-sport-sante-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/maitrise-ste-philomene" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/mandolinata-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/melody-gospel" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/micro-du-monde-planete-radio-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/mission-locale-alsace-du-nord" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/model-air-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/moovon-hip-hop-dance-school" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/mbolo-lart-de-peindre-en-liberte" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/nature-escapade" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/office-de-tourisme-du-pays-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/orchestre-dharmonie-de-la-ville-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/orchestre-symphonique-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/pigeon-club" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/real-schloessel" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/reseau-jack" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/reseau-mampreneures" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ritmo-latino" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/rugby-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/sandhaase-buewe" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/scouts-et-guides-de-france-groupe-sandhaas-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/secouristes-francais-croix-blanche-association-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/sgs-union" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-daviculture-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-dhalterophilie-et-culturiste-haguenau-shc" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-dhistoire-et-darcheologie-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-de-natation-de-haguenau-snh" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-hippique-rurale" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/spa-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/sporting-club-schaeffler-et-amicale-des-retraites" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/subaquatique-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/syndicat-des-apiculteurs" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/tarot-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/tennis-de-table-haguenau-wissembourg" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/theatre-alsacien-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/theatre-alsacien-st-nicolas-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/theatre-de-la-chimere" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/-0" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/tolerance-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/twirling-baton-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/unicef-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/union-cycliste-de-haguenau-uch" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/union-sportive-kaltenhouse-marienthal-football-uskm" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/unite-locale-de-la-croix-rouge-francaise-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/universite-populaire-europeenne-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/volley-ball-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/wolfpack-haguenau" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/1-2-3-sommeil-florilege-maison-sport-sante-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/323e-section-de-la-medaille-militaire" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/671-haguenau-union-des-parachutistes" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/aappma-" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/academie-daccordeon-de-haguenau-" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/acat-action-des-chretiens-pour-labolition-de-la-torture" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/adapei-papillons-blancs-dalsace" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/adn-action-defense-nature" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/aeroclub-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/aikido-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ajpa" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alcooliques-anonymes" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alsace-nord-moto-club-anmc" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alsace-voltige" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/alsagasy" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-des-cartophiles-et-toutes-collections-de-la-region-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-des-retraites" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-des-sapeurs-pompiers-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-du-chien-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-espagnole-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amicale-hubert-wirth" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amis-des-oiseaux-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amis-du-rail-67" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/amnesty-international" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ardah" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/art-passion" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/arts-japonais-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/asc-concordia-marienthal" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-art-martial" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-basketball" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-danse-de-salon" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-gym-fitness-pilates" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-marche-nordique" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-tennis-de-table" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ascc-marienthal-section-tir-sportif" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-2apa" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-986-fatu-lau-matua" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-alsace-nord-athletisme-ana" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-apnees-du-sommeil-uppc-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-bousol" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-chrysalide" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-des-oeuvres-scolaires-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-du-centre-equestre-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-du-fablab-alsace-nord" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-fruitiere-de-haguenau-et-environs" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-graine" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-portugaise-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-socio-culturelle-du-foyer-saint-nicolas" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-sportive-des-riders-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-sportive-du-centre-de-harthouse" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/association-sportive-haguenau-ash" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/athletisme-club-haguenau-ach" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/atomic-fit-dance" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/barbarossa-aquarium-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/basket-club-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/batterie-fanfare-municipale-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/batucada-loco-du-theatre-de-la-chimere" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/billard-club-1956-0" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/blue-concept-experience" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/boutique-du-monde-pour-un-commerce-equitable" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/campeurs-dalsace-de-franche-comte-et-de-lorraine" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/capoeira-e-arte" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/centre-culturel-des-alevis-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/centre-de-vacances-le-bercail" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/centre-vol-a-voile-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/cercle-philatelique-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chayonas-country-club" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-1857" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-protestante" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-saint-georges" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/chorale-ste-cecile-paroisse-stnicolas-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/cidff-centre-dinformation-sur-les-droits-des-femmes-et-des-familles-du-bas-rhin" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-bouliste-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-canin-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-de-bridge-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-des-jeunes-retraites-agf-67" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-descrime-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-estienne" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-placomusophile-dalsace-et-doutre-rhin" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-rotary-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/club-vosgien-haguenau-lembach" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/coeur-des-sables" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/collectif-sans-dessus-ni-dessous" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/comite-des-territoires-dalsace-et-de-la-randonnee-pedestre" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/csc-du-langensand" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/csc-robert-schuman" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/cyclo-loisir-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/debby-positive-vous" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/diezelles-" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/donneurs-de-sang-benevoles-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/emmaus-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ensemble-darts-populaires-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ensemble-de-traditions-populaires-barberousse-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ensemble-folklorique-dsandhaase" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/entente-nord-alsace-badminton" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/entraidaddict-67" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/est-humanitair" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/est-side-story-ochoa" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/fs-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/football-club-sports-reunis-haguenau-fcsr" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/gem-lazimut" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/gem-ludica" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-entraide" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-holdem-poker-club" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-tennis-club" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-tennis-padel-club" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/haguenau-terre-de-reussites" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/hawenauer-country-club" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/instant-dun-reve" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/jazz-band-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/judo-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/k-danse" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/karate-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/kiwanis-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/la-guilde-des-corbeaux" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/la-passerelle" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/le-souvenir-francais-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-amis-de-la-gendarmerie-comite-67" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-archers-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-chats-libres-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-messagers" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-ptits-randonneurs-dalsace-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-quilleurs-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/les-restaurants-du-coeur" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/lions-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/loutil-en-main-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/maison-sport-sante-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/maitrise-ste-philomene" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/mandolinata-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/mehari-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/melody-gospel" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/micro-du-monde-planete-radio-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/mission-locale-alsace-du-nord" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/model-air-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/moovon-hip-hop-dance-school" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/mbolo-lart-de-peindre-en-liberte" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/nature-escapade" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/office-de-tourisme-du-pays-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/orchestre-dharmonie-de-la-ville-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/orchestre-symphonique-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/pigeon-club" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/real-schloessel" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/reseau-jack" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/reseau-mampreneures" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/ritmo-latino" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/rugby-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/sandhaase-buewe" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/scouts-et-guides-de-france-groupe-sandhaas-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/secouristes-francais-croix-blanche-association-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/sgs-union" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-daviculture-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-dhalterophilie-et-culturiste-haguenau-shc" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-dhistoire-et-darcheologie-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-de-natation-de-haguenau-snh" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/societe-hippique-rurale" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/spa-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/sporting-club-schaeffler-et-amicale-des-retraites" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/subaquatique-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/syndicat-des-apiculteurs-de-haguenau-et-environs" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/tarot-club-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/tennis-de-table-haguenau-wissembourg" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/theatre-alsacien-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/theatre-alsacien-saint-nicolas-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/theatre-de-la-chimere" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/-0" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/tolerance-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/twirling-baton-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/unicef-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/union-cycliste-de-haguenau-uch" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/union-sportive-kaltenhouse-marienthal-football-uskm" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/unite-locale-de-la-croix-rouge-francaise-de-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/universite-populaire-europeenne-nord-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/victimes-inceste-alsace" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/volley-ball-club-haguenau" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mah.haguenau.fr/fr/annuaire/wolfpack-haguenau" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B169"/>
+  <dimension ref="A1:B177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B169" sqref="B169"/>
+      <selection activeCell="B177" sqref="B177"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>3</v>
       </c>
@@ -2226,50 +2250,114 @@
       <c r="B166" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="167" spans="1:2">
       <c r="A167" t="s">
         <v>166</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="168" spans="1:2">
       <c r="A168" t="s">
         <v>167</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="169" spans="1:2">
       <c r="A169" t="s">
         <v>168</v>
       </c>
       <c r="B169" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="170" spans="1:2">
+      <c r="A170" t="s">
+        <v>169</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="171" spans="1:2">
+      <c r="A171" t="s">
+        <v>170</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="172" spans="1:2">
+      <c r="A172" t="s">
+        <v>171</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="173" spans="1:2">
+      <c r="A173" t="s">
+        <v>172</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="174" spans="1:2">
+      <c r="A174" t="s">
+        <v>173</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="175" spans="1:2">
+      <c r="A175" t="s">
+        <v>174</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="176" spans="1:2">
+      <c r="A176" t="s">
+        <v>175</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="177" spans="1:2">
+      <c r="A177" t="s">
+        <v>176</v>
+      </c>
+      <c r="B177" s="1" t="s">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_17"/>
@@ -2401,50 +2489,58 @@
     <hyperlink ref="B145" r:id="rId_hyperlink_143"/>
     <hyperlink ref="B146" r:id="rId_hyperlink_144"/>
     <hyperlink ref="B147" r:id="rId_hyperlink_145"/>
     <hyperlink ref="B148" r:id="rId_hyperlink_146"/>
     <hyperlink ref="B149" r:id="rId_hyperlink_147"/>
     <hyperlink ref="B150" r:id="rId_hyperlink_148"/>
     <hyperlink ref="B151" r:id="rId_hyperlink_149"/>
     <hyperlink ref="B152" r:id="rId_hyperlink_150"/>
     <hyperlink ref="B153" r:id="rId_hyperlink_151"/>
     <hyperlink ref="B154" r:id="rId_hyperlink_152"/>
     <hyperlink ref="B155" r:id="rId_hyperlink_153"/>
     <hyperlink ref="B156" r:id="rId_hyperlink_154"/>
     <hyperlink ref="B157" r:id="rId_hyperlink_155"/>
     <hyperlink ref="B158" r:id="rId_hyperlink_156"/>
     <hyperlink ref="B159" r:id="rId_hyperlink_157"/>
     <hyperlink ref="B160" r:id="rId_hyperlink_158"/>
     <hyperlink ref="B161" r:id="rId_hyperlink_159"/>
     <hyperlink ref="B162" r:id="rId_hyperlink_160"/>
     <hyperlink ref="B163" r:id="rId_hyperlink_161"/>
     <hyperlink ref="B164" r:id="rId_hyperlink_162"/>
     <hyperlink ref="B165" r:id="rId_hyperlink_163"/>
     <hyperlink ref="B166" r:id="rId_hyperlink_164"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_165"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_166"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_167"/>
+    <hyperlink ref="B170" r:id="rId_hyperlink_168"/>
+    <hyperlink ref="B171" r:id="rId_hyperlink_169"/>
+    <hyperlink ref="B172" r:id="rId_hyperlink_170"/>
+    <hyperlink ref="B173" r:id="rId_hyperlink_171"/>
+    <hyperlink ref="B174" r:id="rId_hyperlink_172"/>
+    <hyperlink ref="B175" r:id="rId_hyperlink_173"/>
+    <hyperlink ref="B176" r:id="rId_hyperlink_174"/>
+    <hyperlink ref="B177" r:id="rId_hyperlink_175"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>